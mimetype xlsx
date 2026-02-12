--- v0 (2026-02-09)
+++ v1 (2026-02-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2022" uniqueCount="779">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2334" uniqueCount="896">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2347,50 +2347,401 @@
     <t>5225</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a construção de uma creche na localidade de Embiribas, no Município de Amontada-CE.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a reforma da quadra poliesportiva da localidade de Caetanos, no Município de Amontada-CE.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a reforma da quadra poliesportiva da sede do distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5229</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a recuperação das estradas no Distrito de Sabiaguaba, abrangendo os seguintes trechos: na localidade de Córrego do Zé Inácio, da residência do “Bastião Beba” até o “Chico Piranha”; em Embiribas I, do início na residência do Sr. Gedeilsom até o campo do Grêmio; em Embiribas II, da Santa até a residência do Sr. Vivaldo; em Embiribas, nas ruas dos Pereira e do Grêmio; no desvio que liga a localidade de Matilha ao Córrego do Zé, do comércio do Sr. Fernando até o Sr. Mané Batista; em Lagoa dos Bois e Roncador, da caixa d’água de Sabiaguaba até a divisa com Lagoa das Mercês;  em Lagoa dos Murici, do comércio do Sr. Branco até a residência do Sr. Mazim; e na localidade do Roncador, na rua do Sr. Zé Inácio e na rua do campo.</t>
+  </si>
+  <si>
+    <t>5230</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha na sede do distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5231</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha na localidade de Campo Grande, distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5232</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha Tipo 2 na localidade de Embiribas, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5233</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha, padrão Tipo II, na localidade de Roncador, nas dependências da EEB Francisco Martins Neto, distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5234</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha, padrão Tipo II, nas dependências da Escola Francisco Estevão de Assis, Distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5235</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha, padrão Tipo II, nas dependências da Escola Raimunda Menezes Parente, na localidade de Jurema, distrito de Icaraí, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5236</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha, padrão Tipo II, na localidade de Caetanos de Baixo, distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5237</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de uma Areninha na localidade de Frexeiras.</t>
+  </si>
+  <si>
+    <t>5238</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a pavimentação em intertravado na sede do distrito de Sabiaguaba, iniciando na avenida principal, nas proximidades da caixa d’água, até em frente à residência do Sr. Biel, na mesma avenida.</t>
+  </si>
+  <si>
+    <t>5239</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como ao Diretor do SAAE, Sr. Marcos Augusto Teixeira dos Santos, a reativação do abastecimento de água da localidade de Caetanos de Baixo, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5240</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como ao Diretor do SAAE, Sr. Marcos Augusto Teixeira dos Santos, a ampliação do abastecimento de água, iniciando na sede do distrito de Sabiaguaba, findando nas proximidades da família dos “Fidelis”, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5241</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a manutenção da iluminação pública das localidades de Caetanos de Baixo e Caetanos de Cima, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5242</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como ao Secretário de Educação, Sr. Jerffson Bruno Oliveira, o fornecimento gratuito do fardamento escolar a todos os estudantes das escolas da rede pública do Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5243</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Saúde, Sra. Larisse Araújo de Sousa, a contratação de um odontologista para atender na UBS da sede de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5244</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a reforma do prédio dos Correios da sede de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5245</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a construção de um acesso com a instalação de anéis na Rua dos Fidélis, no trecho compreendido entre a residência do Sr. Márcio e a estrada Sabiaguaba–Caetanos, localizada no distrito de Sabiaguaba, no Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5246</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a construção de um estádio de futebol no Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5247</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a implantação de iluminação pública na Orla do Porto do Bento, localizada na comunidade de Caetanos, distrito de Sabiaguaba, no Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5248</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a instalação de postes e luminárias nos cemitérios do distrito de Sabiaguaba e das localidades de Pixaim e Caetanos, no Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5249</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a restauração da iluminação pública nas localidades do distrito de Sabiaguaba, no Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5250</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como á Secretaria de Infraestrutura, Kivia Lívia Rocha de Oliveira Jacinto, a implantação de iluminação pública na estrada de acesso que se inicia por trás da igreja da localidade de Matilha, passando nas proximidades do comércio do Sr. Fernando, até a estrada intertravada próxima à via que liga as localidades de Matilha e Embiribas, no distrito de Sabiaguaba, Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5251</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a instalação de iluminação nos campos de futebol dos distritos de Sabiaguaba, Icaraí e Moitas, no Município de Amontada–CE, conforme a seguinte discriminação: campo da sede de Sabiaguaba; campo da Castanhola; campo do Cearazinho; campo de Pixaim; campo de Caetano de Cima; campo de Caetano de Baixo; campo de Córrego Grande; campo de Campo Grande; campo de Frexeiras; campo de Picada; campo de Vila Nova (Pernambuquinho); campo de Santarém; campo de Moitas (sede); e campo de Barra de Moitas.</t>
+  </si>
+  <si>
+    <t>5252</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, o roço da estrada que se inicia na localidade de Jurema, findando em Caetanos, passando pela sede do distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5253</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a pavimentação com adição de piçarra na estrada de acesso que se inicia por trás da igreja da localidade de Matilha, passando nas proximidades do comércio do Sr. Fernando, até a estrada intertravada próxima à via que liga as localidades de Matilha e Embiribas, no distrito de Sabiaguaba, Município de Amontada–CE.</t>
+  </si>
+  <si>
+    <t>5254</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a realização de obras de pavimentação em intertravado na rua principal da localidade de Campo Grande, bem como nas ruas paralelas e perpendiculares.</t>
+  </si>
+  <si>
+    <t>5255</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a pavimentação com piso intertravado ou asfalto no trecho que se inicia na localidade de Pixaim e se estende até a localidade de “Zé do Lago”, em Embiribas, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5256</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a execução de obra de pavimentação com piçarra no pátio de entrada do Cemitério da localidade de Caetanos de Baixo, no Município de Amontada – CE.</t>
+  </si>
+  <si>
+    <t>5257</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a pavimentação em pedra tosca da Rua do Pião, com início no asfalto principal e término na residência da Sra. Bendita Bento, em Caetanos, distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5258</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a pavimentação em pedra tosca da Rua da Imburana, com início no asfalto principal e término nas proximidades do terreno do Sr. Bil do Coco, na localidade de Caetanos de Baixo, distrito de Sabiaguaba, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5259</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a pavimentação com piso intertravado de ruas do Centro da localidade de Caetanos de Baixo, a saber: Geraldo Rocha, Adonias Francisco dos Santos, José Imperial, Francisco Oliveira da Conceição e Tereza Anastácio (via principal).</t>
+  </si>
+  <si>
+    <t>5260</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Kívia Lívia Rocha de Oliveira Jacinto, a construção de pavimentação em intertravado na via que liga a CE-176, na altura do Buritizal, iniciando na casa do Sr. Antônio Teixeira, passando pelas localidades de Picada, Bom Sucesso e Campo Grande, até conectar-se com a estrada de Sabiaguaba.</t>
+  </si>
+  <si>
+    <t>5261</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a realização do aterramento do campo de futebol da localidade de Frexeiras, no Município de Amontada.</t>
+  </si>
+  <si>
+    <t>5262</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a realização do aterramento do campo de futebol da localidade de Picada, no Município de Amontada.</t>
+  </si>
+  <si>
+    <t>5263</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, e ao Secretário de Juventude e Esporte, Sr. Mateus Henrique Amaral de Sousa, a realização do aterramento do campo de futebol da localidade de Campo Grande, no Município de Amontada.</t>
+  </si>
+  <si>
+    <t>5264</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kivia Lívia Rocha de Oliveira Jacinto, a realização de serviço de aterramento com barro e nivelamento do campo de futebol da localidade de Lagoa dos Bois, no Município de Amontada – CE.</t>
+  </si>
+  <si>
+    <t>5265</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, o aterramento com barro e o respectivo nivelamento dos campos de futebol dos distritos de Sabiaguaba, Icaraí e Moitas, Amontada-CE, conforme a seguinte discriminação: campo da Sede de Sabiaguaba; campo da Castanhola; campo do Cearazinho; campo de Pixaim; campo de Caetanos de Cima; campo de Caetanos de Baixo; campo de Córrego Grande; campo de Vila Nova (Pernambuquinho); campo de Santarém; campo de Moitas (sede); e campo de Barra de Moitas.</t>
+  </si>
+  <si>
+    <t>5266</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a continuação do calçamento em pedra tosca da Rua do Conjunto Raimundo Edson de Oliveira, localizada no bairro Buenos Aires, no Município de Amontada-CE.</t>
+  </si>
+  <si>
+    <t>5267</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>Sugere ao Sr. Prefeito Municipal, Flávio César Bruno Teixeira Filho, bem como à Secretária de Infraestrutura, Sra. Kívia Lívia Rocha de Oliveira Jacinto, a construção de uma rampa de acesso ao cemitério do distrito de Nascente, bem como a correção do defeito no portão de entrada ou, se necessário, sua substituição.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2694,56 +3045,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amontada.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H253"/>
+  <dimension ref="A1:H292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -9284,50 +9635,1064 @@
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>776</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>777</v>
       </c>
       <c r="D253" t="s">
         <v>22</v>
       </c>
       <c r="E253" t="s">
         <v>23</v>
       </c>
       <c r="F253" t="s">
         <v>739</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
         <v>778</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>779</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>780</v>
+      </c>
+      <c r="D254" t="s">
+        <v>22</v>
+      </c>
+      <c r="E254" t="s">
+        <v>23</v>
+      </c>
+      <c r="F254" t="s">
+        <v>739</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H254" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>782</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>783</v>
+      </c>
+      <c r="D255" t="s">
+        <v>22</v>
+      </c>
+      <c r="E255" t="s">
+        <v>23</v>
+      </c>
+      <c r="F255" t="s">
+        <v>739</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H255" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>785</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>786</v>
+      </c>
+      <c r="D256" t="s">
+        <v>22</v>
+      </c>
+      <c r="E256" t="s">
+        <v>23</v>
+      </c>
+      <c r="F256" t="s">
+        <v>739</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H256" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>788</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>789</v>
+      </c>
+      <c r="D257" t="s">
+        <v>22</v>
+      </c>
+      <c r="E257" t="s">
+        <v>23</v>
+      </c>
+      <c r="F257" t="s">
+        <v>739</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H257" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>791</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>792</v>
+      </c>
+      <c r="D258" t="s">
+        <v>22</v>
+      </c>
+      <c r="E258" t="s">
+        <v>23</v>
+      </c>
+      <c r="F258" t="s">
+        <v>739</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H258" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>794</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>795</v>
+      </c>
+      <c r="D259" t="s">
+        <v>22</v>
+      </c>
+      <c r="E259" t="s">
+        <v>23</v>
+      </c>
+      <c r="F259" t="s">
+        <v>739</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H259" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>797</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>798</v>
+      </c>
+      <c r="D260" t="s">
+        <v>22</v>
+      </c>
+      <c r="E260" t="s">
+        <v>23</v>
+      </c>
+      <c r="F260" t="s">
+        <v>739</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H260" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>800</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>801</v>
+      </c>
+      <c r="D261" t="s">
+        <v>22</v>
+      </c>
+      <c r="E261" t="s">
+        <v>23</v>
+      </c>
+      <c r="F261" t="s">
+        <v>739</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H261" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>803</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>804</v>
+      </c>
+      <c r="D262" t="s">
+        <v>22</v>
+      </c>
+      <c r="E262" t="s">
+        <v>23</v>
+      </c>
+      <c r="F262" t="s">
+        <v>739</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H262" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>806</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>807</v>
+      </c>
+      <c r="D263" t="s">
+        <v>22</v>
+      </c>
+      <c r="E263" t="s">
+        <v>23</v>
+      </c>
+      <c r="F263" t="s">
+        <v>739</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H263" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>809</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>810</v>
+      </c>
+      <c r="D264" t="s">
+        <v>22</v>
+      </c>
+      <c r="E264" t="s">
+        <v>23</v>
+      </c>
+      <c r="F264" t="s">
+        <v>739</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H264" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>812</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>813</v>
+      </c>
+      <c r="D265" t="s">
+        <v>22</v>
+      </c>
+      <c r="E265" t="s">
+        <v>23</v>
+      </c>
+      <c r="F265" t="s">
+        <v>739</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H265" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>815</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>816</v>
+      </c>
+      <c r="D266" t="s">
+        <v>22</v>
+      </c>
+      <c r="E266" t="s">
+        <v>23</v>
+      </c>
+      <c r="F266" t="s">
+        <v>739</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H266" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>818</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>819</v>
+      </c>
+      <c r="D267" t="s">
+        <v>22</v>
+      </c>
+      <c r="E267" t="s">
+        <v>23</v>
+      </c>
+      <c r="F267" t="s">
+        <v>739</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H267" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>821</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>822</v>
+      </c>
+      <c r="D268" t="s">
+        <v>22</v>
+      </c>
+      <c r="E268" t="s">
+        <v>23</v>
+      </c>
+      <c r="F268" t="s">
+        <v>739</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H268" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>824</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>825</v>
+      </c>
+      <c r="D269" t="s">
+        <v>22</v>
+      </c>
+      <c r="E269" t="s">
+        <v>23</v>
+      </c>
+      <c r="F269" t="s">
+        <v>739</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H269" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>827</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>828</v>
+      </c>
+      <c r="D270" t="s">
+        <v>22</v>
+      </c>
+      <c r="E270" t="s">
+        <v>23</v>
+      </c>
+      <c r="F270" t="s">
+        <v>739</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H270" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>830</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>831</v>
+      </c>
+      <c r="D271" t="s">
+        <v>22</v>
+      </c>
+      <c r="E271" t="s">
+        <v>23</v>
+      </c>
+      <c r="F271" t="s">
+        <v>739</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H271" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>833</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>834</v>
+      </c>
+      <c r="D272" t="s">
+        <v>22</v>
+      </c>
+      <c r="E272" t="s">
+        <v>23</v>
+      </c>
+      <c r="F272" t="s">
+        <v>739</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H272" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>836</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>837</v>
+      </c>
+      <c r="D273" t="s">
+        <v>22</v>
+      </c>
+      <c r="E273" t="s">
+        <v>23</v>
+      </c>
+      <c r="F273" t="s">
+        <v>739</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H273" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>839</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>840</v>
+      </c>
+      <c r="D274" t="s">
+        <v>22</v>
+      </c>
+      <c r="E274" t="s">
+        <v>23</v>
+      </c>
+      <c r="F274" t="s">
+        <v>739</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H274" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>842</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>843</v>
+      </c>
+      <c r="D275" t="s">
+        <v>22</v>
+      </c>
+      <c r="E275" t="s">
+        <v>23</v>
+      </c>
+      <c r="F275" t="s">
+        <v>739</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H275" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>845</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>846</v>
+      </c>
+      <c r="D276" t="s">
+        <v>22</v>
+      </c>
+      <c r="E276" t="s">
+        <v>23</v>
+      </c>
+      <c r="F276" t="s">
+        <v>739</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H276" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>848</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>849</v>
+      </c>
+      <c r="D277" t="s">
+        <v>22</v>
+      </c>
+      <c r="E277" t="s">
+        <v>23</v>
+      </c>
+      <c r="F277" t="s">
+        <v>739</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H277" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>851</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>852</v>
+      </c>
+      <c r="D278" t="s">
+        <v>22</v>
+      </c>
+      <c r="E278" t="s">
+        <v>23</v>
+      </c>
+      <c r="F278" t="s">
+        <v>739</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H278" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>854</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>855</v>
+      </c>
+      <c r="D279" t="s">
+        <v>22</v>
+      </c>
+      <c r="E279" t="s">
+        <v>23</v>
+      </c>
+      <c r="F279" t="s">
+        <v>739</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H279" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>857</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>858</v>
+      </c>
+      <c r="D280" t="s">
+        <v>22</v>
+      </c>
+      <c r="E280" t="s">
+        <v>23</v>
+      </c>
+      <c r="F280" t="s">
+        <v>739</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H280" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>860</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>861</v>
+      </c>
+      <c r="D281" t="s">
+        <v>22</v>
+      </c>
+      <c r="E281" t="s">
+        <v>23</v>
+      </c>
+      <c r="F281" t="s">
+        <v>739</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H281" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>863</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>864</v>
+      </c>
+      <c r="D282" t="s">
+        <v>22</v>
+      </c>
+      <c r="E282" t="s">
+        <v>23</v>
+      </c>
+      <c r="F282" t="s">
+        <v>739</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H282" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>866</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>867</v>
+      </c>
+      <c r="D283" t="s">
+        <v>22</v>
+      </c>
+      <c r="E283" t="s">
+        <v>23</v>
+      </c>
+      <c r="F283" t="s">
+        <v>739</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H283" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>869</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>870</v>
+      </c>
+      <c r="D284" t="s">
+        <v>22</v>
+      </c>
+      <c r="E284" t="s">
+        <v>23</v>
+      </c>
+      <c r="F284" t="s">
+        <v>739</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H284" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>872</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>873</v>
+      </c>
+      <c r="D285" t="s">
+        <v>22</v>
+      </c>
+      <c r="E285" t="s">
+        <v>23</v>
+      </c>
+      <c r="F285" t="s">
+        <v>739</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H285" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>875</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>876</v>
+      </c>
+      <c r="D286" t="s">
+        <v>22</v>
+      </c>
+      <c r="E286" t="s">
+        <v>23</v>
+      </c>
+      <c r="F286" t="s">
+        <v>739</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H286" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>878</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>879</v>
+      </c>
+      <c r="D287" t="s">
+        <v>22</v>
+      </c>
+      <c r="E287" t="s">
+        <v>23</v>
+      </c>
+      <c r="F287" t="s">
+        <v>739</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H287" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>881</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>882</v>
+      </c>
+      <c r="D288" t="s">
+        <v>22</v>
+      </c>
+      <c r="E288" t="s">
+        <v>23</v>
+      </c>
+      <c r="F288" t="s">
+        <v>739</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H288" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>884</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>885</v>
+      </c>
+      <c r="D289" t="s">
+        <v>22</v>
+      </c>
+      <c r="E289" t="s">
+        <v>23</v>
+      </c>
+      <c r="F289" t="s">
+        <v>739</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H289" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>887</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>888</v>
+      </c>
+      <c r="D290" t="s">
+        <v>22</v>
+      </c>
+      <c r="E290" t="s">
+        <v>23</v>
+      </c>
+      <c r="F290" t="s">
+        <v>739</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H290" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>890</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>891</v>
+      </c>
+      <c r="D291" t="s">
+        <v>22</v>
+      </c>
+      <c r="E291" t="s">
+        <v>23</v>
+      </c>
+      <c r="F291" t="s">
+        <v>739</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H291" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>893</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>894</v>
+      </c>
+      <c r="D292" t="s">
+        <v>22</v>
+      </c>
+      <c r="E292" t="s">
+        <v>23</v>
+      </c>
+      <c r="F292" t="s">
+        <v>739</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H292" t="s">
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9540,50 +10905,89 @@
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>